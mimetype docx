--- v0 (2025-10-29)
+++ v1 (2026-03-17)
@@ -1,698 +1,728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="57AF2DE8" w14:textId="77777777" w:rsidR="00AE18DB" w:rsidRDefault="00AE18DB" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6050CCD0" w14:textId="77777777" w:rsidR="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E3A4EB2" w14:textId="15907658" w:rsidR="007D25EB" w:rsidRPr="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="00124B73">
-[...146 lines deleted...]
-    <w:p w14:paraId="1017F4EA" w14:textId="1CF48BA9" w:rsidR="004B6FA0" w:rsidRPr="004B6FA0" w:rsidRDefault="00275BA6" w:rsidP="00124B73">
+    <w:p w14:paraId="7E3A4EB2" w14:textId="15907658" w:rsidR="007D25EB" w:rsidRPr="00200E2C" w:rsidRDefault="007D25EB" w:rsidP="00200E2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00275BA6">
+      <w:r w:rsidRPr="00200E2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t xml:space="preserve">Lichfield District Council Street Aid </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69918558" w14:textId="0086F589" w:rsidR="007D25EB" w:rsidRPr="00200E2C" w:rsidRDefault="004B6FA0" w:rsidP="00200E2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Referral form </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C914B0B" w14:textId="77777777" w:rsidR="004B6FA0" w:rsidRDefault="004B6FA0" w:rsidP="00200E2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D63931C" w14:textId="5F58B514" w:rsidR="00FB642B" w:rsidRDefault="00E01405" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB642B">
+        <w:t>Lichfield Street Aid</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6FA0" w:rsidRPr="004B6FA0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B84B6C" w:rsidRPr="00FB642B">
+        <w:t>are able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B84B6C" w:rsidRPr="00FB642B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6FA0" w:rsidRPr="004B6FA0">
+        <w:t xml:space="preserve">make awards of up to </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6FA0" w:rsidRPr="004B6FA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>£200</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6FA0" w:rsidRPr="004B6FA0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB642B">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00974EEB" w:rsidRPr="00974EEB">
+        <w:t>people who are, or have been, on the streets to support them to sustain employment or accommodation or make other changes in their lives which help them avoid a return to the streets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4E79A8" w14:textId="77777777" w:rsidR="00FB642B" w:rsidRDefault="00FB642B" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="269DF9ED" w14:textId="77777777" w:rsidR="00FB642B" w:rsidRPr="00FB642B" w:rsidRDefault="00FB642B" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB642B">
+        <w:t xml:space="preserve">The things that people need to move off the streets may vary so the Street Aid grant scheme aims to be broad in its approach and allow those applying to make a case for the things they need. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1589AF0D" w14:textId="77777777" w:rsidR="00FB642B" w:rsidRPr="00FB642B" w:rsidRDefault="00FB642B" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB642B">
+        <w:br/>
+        <w:t xml:space="preserve">The fund must be applied for by an agency working with the proposed beneficiary as part of a plan to help the person get off, or stay off, the streets.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0D30CE" w14:textId="77777777" w:rsidR="00FB642B" w:rsidRPr="00FB642B" w:rsidRDefault="00FB642B" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB642B">
+        <w:br/>
+        <w:t xml:space="preserve">Street Aid gives people who want to help an alternative to handing money directly to people on the streets and helps promote the package of support already in place for people living on the streets.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD14EC3" w14:textId="300F7D81" w:rsidR="00974EEB" w:rsidRDefault="00974EEB" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00974EEB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722B1AC6" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A82D758" w14:textId="77777777" w:rsidR="00124B73" w:rsidRPr="00275BA6" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1017F4EA" w14:textId="1CF48BA9" w:rsidR="004B6FA0" w:rsidRPr="004B6FA0" w:rsidRDefault="00275BA6" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve">The programme </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2CA897" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+    <w:p w14:paraId="4157384B" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRDefault="00200E2C" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB0E7F">
+    </w:p>
+    <w:p w14:paraId="5F2CA897" w14:textId="60E4B742" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Street Aid grants of up to £200 are available for people in emergency or temporary accommodation, who have been living on our district streets. </w:t>
-[...5 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CB0E7F">
+        <w:t>Street Aid grants of up to £200 are available for people in emergency or temporary accommodation, who have been living on our district streets. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFC5CF2" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRPr="00CB0E7F" w:rsidRDefault="00200E2C" w:rsidP="00124B73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>People must meet three criteria to be eligible:</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="468DFA2A" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F4C82C5" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0E7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>The grant can be used to purchase a range of items to support someone's bid to get or stay off the streets. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FC2F7FF" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+        <w:t>People must meet three criteria to be eligible:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="753BD3EA" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRPr="00CB0E7F" w:rsidRDefault="00200E2C" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45419835" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="00CB0E7F">
+        <w:t>The person must have a current or recent history of rough sleeping*.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0078FE87" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E7F">
+        <w:t>The grant must be for something that would help the person get off, or stay off, the streets. We cannot support items such as sleeping bags which encourage people to stay on the streets. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC92948" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E7F">
+        <w:t>The person must have links to Lichfield District**.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C417764" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0E7F">
+        <w:t>The application needs to be completed by a support agency who will submit the grant request on behalf of a rough sleeper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402FF431" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRDefault="00200E2C" w:rsidP="00124B73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Examples could include an outfit for a job interview, work clothes, a coat or shoes, a laptop or phone to help with job searching, a bus pass or bike to get to a job or appointments, or items to help support a move into more permanent accommodation. Funding could also be used to help set up a small business - for example equipment or licence applications. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="418FA38C" w14:textId="77777777" w:rsidR="00275BA6" w:rsidRPr="00275BA6" w:rsidRDefault="00275BA6" w:rsidP="00124B73">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468DFA2A" w14:textId="133DAD59" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...100 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:r w:rsidRPr="00CB0E7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00275BA6">
+        <w:t>The grant can be used to purchase a range of items to support someone's bid to get or stay off the streets. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49216B09" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRPr="00CB0E7F" w:rsidRDefault="00200E2C" w:rsidP="00124B73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>To help as many people as possible to benefit from the fund, we have set funding guidelines amounts for the grants***.</w:t>
-[...62 lines deleted...]
-    <w:p w14:paraId="216B4489" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC2F7FF" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00CB0E7F" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00275BA6">
+      <w:r w:rsidRPr="00CB0E7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>We also encourage people and the agencies supporting them to source second-hand items where possible. If sourcing second-hand electrical goods, referrers must ensure they are appropriately tested to make sure they are safe.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="563FF3F7" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+        <w:t>Examples could include an outfit for a job interview, work clothes, a coat or shoes, a laptop or phone to help with job searching, a bus pass or bike to get to a job or appointments, or items to help support a move into more permanent accommodation. Funding could also be used to help set up a small business - for example equipment or licence applications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418FA38C" w14:textId="77777777" w:rsidR="00275BA6" w:rsidRPr="00275BA6" w:rsidRDefault="00275BA6" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="229E9931" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+    <w:p w14:paraId="75BB1DD0" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E696648" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D895226" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA1CAA3" w14:textId="007D45A0" w:rsidR="00275BA6" w:rsidRPr="00275BA6" w:rsidRDefault="00275BA6" w:rsidP="00124B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grants </w:t>
+      </w:r>
+      <w:r w:rsidR="00200E2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275BA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vailable </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A49FB30" w14:textId="549E6762" w:rsidR="00827EA2" w:rsidRPr="00275BA6" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:r w:rsidRPr="00275BA6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="58983607" w14:textId="77777777" w:rsidR="00124B73" w:rsidRPr="00275BA6" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+        <w:t>To help as many people as possible to benefit from the fund, we have set funding guidelines amounts for the grants***.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33365986" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00275BA6" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:t>Clothing and shoes - £100 interview outfit, £80 work clothes, £100 winter coat, £50 shoes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47153189" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00275BA6" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:t>Mobile phones, tablets and laptops</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275BA6">
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00275BA6">
+        <w:t xml:space="preserve"> - £70 mobile phone, £100 tablet, £200 laptop. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131A3608" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRPr="00275BA6" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:t>Bikes - £150 bikes, £75 helmet, lock and lights. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F977B8A" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:t>White goods such as fridge-freezer, washing machines - £150. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E46F35A" w14:textId="61614D31" w:rsidR="007B3756" w:rsidRDefault="00712D40" w:rsidP="00712D40">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00712D40">
+        <w:t>Wellness, mindfulness and positive activities to support positive life choices – £200</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DCA646" w14:textId="77777777" w:rsidR="00712D40" w:rsidRPr="00712D40" w:rsidRDefault="00712D40" w:rsidP="00712D40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216B4489" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00124B73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00275BA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>We also encourage people and the agencies supporting them to source second-hand items where possible. If sourcing second-hand electrical goods, referrers must ensure they are appropriately tested to make sure they are safe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563FF3F7" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58983607" w14:textId="77777777" w:rsidR="00124B73" w:rsidRPr="00275BA6" w:rsidRDefault="00124B73" w:rsidP="00124B73">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3D39F8" w14:textId="02CCDD91" w:rsidR="000A15CD" w:rsidRPr="00124B73" w:rsidRDefault="000A15CD" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00124B73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Referring organisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E5A29A" w14:textId="11993717" w:rsidR="000A15CD" w:rsidRDefault="000A15CD" w:rsidP="00124B73">
+    <w:p w14:paraId="50E5A29A" w14:textId="6185D972" w:rsidR="000A15CD" w:rsidRDefault="000A15CD" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00275BA6">
         <w:t xml:space="preserve">Applications for funding must be made </w:t>
       </w:r>
       <w:r w:rsidR="007B3756">
         <w:t>using this</w:t>
       </w:r>
       <w:r w:rsidRPr="00275BA6">
         <w:t xml:space="preserve"> form </w:t>
       </w:r>
       <w:r w:rsidR="007B3756">
         <w:t xml:space="preserve">and will only be accepted by </w:t>
       </w:r>
       <w:r w:rsidRPr="00275BA6">
         <w:t>approved referrers.</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E2C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00200E2C" w:rsidRPr="00200E2C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Apply to become a referring organisation</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00200E2C">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F9E646" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04C7B90A" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4619CCE1" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D966245" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E497014" w14:textId="77777777" w:rsidR="00124B73" w:rsidRDefault="00124B73" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -849,100 +879,115 @@
           <w:iCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>*** Lichfield District Council/the fund reserves the right to vary awards based on exceptional circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B80657D" w14:textId="77777777" w:rsidR="00FF1621" w:rsidRPr="00275BA6" w:rsidRDefault="00FF1621" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="700899B5" w14:textId="77777777" w:rsidR="00FF1621" w:rsidRPr="00275BA6" w:rsidRDefault="00FF1621" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="636D3440" w14:textId="77777777" w:rsidR="00FF1621" w:rsidRPr="00275BA6" w:rsidRDefault="00FF1621" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="456C6A84" w14:textId="77777777" w:rsidR="00FF1621" w:rsidRPr="00275BA6" w:rsidRDefault="00FF1621" w:rsidP="00124B73">
-[...4 lines deleted...]
-    <w:p w14:paraId="6BBEB16F" w14:textId="45A9DD77" w:rsidR="00FB3DB8" w:rsidRPr="00124B73" w:rsidRDefault="00FB3DB8" w:rsidP="00FB3DB8">
+    <w:p w14:paraId="76F057BF" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRDefault="00200E2C" w:rsidP="00FB3DB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60058478" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRDefault="00200E2C" w:rsidP="00FB3DB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB9D655" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRDefault="00200E2C" w:rsidP="00FB3DB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2383D930" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRDefault="00200E2C" w:rsidP="00FB3DB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BBEB16F" w14:textId="3A6082B9" w:rsidR="00FB3DB8" w:rsidRPr="00124B73" w:rsidRDefault="00FB3DB8" w:rsidP="00FB3DB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Application process </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701EF67C" w14:textId="77777777" w:rsidR="00FF1621" w:rsidRPr="00275BA6" w:rsidRDefault="00FF1621" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03C82B49" w14:textId="7E6E9256" w:rsidR="00AE5B54" w:rsidRDefault="004B6FA0" w:rsidP="00124B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004B6FA0">
         <w:t xml:space="preserve">All questions on this form must be completed and answered. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571F36E6" w14:textId="579B4D1B" w:rsidR="00AE5B54" w:rsidRPr="00AE5B54" w:rsidRDefault="00AE5B54" w:rsidP="00AE5B54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE5B54">
         <w:t>Applications are assessed by the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:t>Community</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> Foundation for Staffordshire and Shropshire</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5B54">
         <w:t xml:space="preserve">, against the above criteria and a decision is made by the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Programmes Team within the Foundation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6389F9A8" w14:textId="77777777" w:rsidR="00AE5B54" w:rsidRPr="00AE5B54" w:rsidRDefault="00AE5B54" w:rsidP="00AE5B54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE5B54">
         <w:t>Because we recognise people need this help as soon as possible to maximise their chances of staying off the streets, the team aims to respond to new referrals within a maximum of</w:t>
       </w:r>
@@ -1043,51 +1088,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please s</w:t>
       </w:r>
       <w:r w:rsidR="00A25571" w:rsidRPr="006701BE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>end the completed form to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="622265D6" w14:textId="77777777" w:rsidR="00A25571" w:rsidRDefault="00A25571" w:rsidP="00A25571">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00C30860">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>office@staffordshire.foundation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="43BE70B9" w14:textId="77777777" w:rsidR="00FD66F6" w:rsidRPr="006C4D65" w:rsidRDefault="00FD66F6" w:rsidP="00A25571">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CA9BFCC" w14:textId="77777777" w:rsidR="00A25571" w:rsidRPr="006C4D65" w:rsidRDefault="00A25571" w:rsidP="00A25571">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1208,51 +1253,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ST18 0LQ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30299B21" w14:textId="77777777" w:rsidR="00A25571" w:rsidRDefault="00A25571" w:rsidP="00A25571">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Any problems or concerns, please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00C30860">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>office@staffordshire.foundation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call 01785 339540</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7412087C" w14:textId="77777777" w:rsidR="00C53B34" w:rsidRDefault="00C53B34" w:rsidP="00A25571">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -1323,84 +1368,85 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41DB47FD" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18F0F89A" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54A7A25B" w14:textId="67780E06" w:rsidR="0066464D" w:rsidRPr="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D">
+    <w:p w14:paraId="54A7A25B" w14:textId="1C296F45" w:rsidR="0066464D" w:rsidRPr="00200E2C" w:rsidRDefault="0066464D" w:rsidP="0066464D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="single" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Section 1 – Referring organisation   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200E2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">must be an approved referrer </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
       <w:tr w:rsidR="0066464D" w14:paraId="2BAA7F63" w14:textId="77777777" w:rsidTr="00F2460F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E0C5759" w14:textId="77777777" w:rsidR="0066464D" w:rsidRPr="0066464D" w:rsidRDefault="0066464D" w:rsidP="00F2460F">
             <w:r>
               <w:t xml:space="preserve">Name of your </w:t>
             </w:r>
             <w:r w:rsidRPr="0066464D">
               <w:t xml:space="preserve">organisation </w:t>
@@ -1471,73 +1517,97 @@
           </w:tcPr>
           <w:p w14:paraId="2B152428" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066464D" w14:paraId="6C45C78C" w14:textId="77777777" w:rsidTr="00F2460F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06A4A770" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D">
             <w:r>
               <w:t xml:space="preserve">Contact email address </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C2031D4" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A2443B1" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B78CB22" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D"/>
-    <w:p w14:paraId="34158C07" w14:textId="37B69585" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D">
+    <w:p w14:paraId="34158C07" w14:textId="37B69585" w:rsidR="0066464D" w:rsidRPr="00200E2C" w:rsidRDefault="0066464D" w:rsidP="0066464D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Section 2 – About the ind</w:t>
       </w:r>
-      <w:r w:rsidR="006B62B4">
+      <w:r w:rsidR="006B62B4" w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>vi</w:t>
       </w:r>
-      <w:r w:rsidR="006B62B4">
+      <w:r w:rsidR="006B62B4" w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve">al needing support  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
       <w:tr w:rsidR="0066464D" w14:paraId="5F5367AE" w14:textId="77777777" w:rsidTr="00F2460F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A9B69E" w14:textId="27C90A41" w:rsidR="0066464D" w:rsidRDefault="00E64798" w:rsidP="00F2460F">
             <w:r>
               <w:t xml:space="preserve">Applicant Name </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ECFAF94" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="00F2460F"/>
         </w:tc>
@@ -1698,50 +1768,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="032CF4B2" w14:textId="77777777" w:rsidR="009E0761" w:rsidRPr="00B2310A" w:rsidRDefault="009E0761" w:rsidP="00B2310A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EB40C14" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="00F2460F"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066464D" w14:paraId="28DDF8E2" w14:textId="77777777" w:rsidTr="00F2460F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C6BF87" w14:textId="324D4CF0" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="00B2310A">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidR="00B2310A">
               <w:t xml:space="preserve">will the money be spent on? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DE47F7D" w14:textId="77777777" w:rsidR="00B2310A" w:rsidRDefault="00B2310A" w:rsidP="00B2310A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75CEC7D5" w14:textId="2BD2BFFF" w:rsidR="00B2310A" w:rsidRDefault="00B2310A" w:rsidP="00B2310A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -1901,96 +1972,120 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005039A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Any award made will be paid to the referral partner. It will be the responsibility of the referral partner to use the grant to support the applicant detailed in this application. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2C3B82" w14:textId="77777777" w:rsidR="009E0761" w:rsidRPr="009E0761" w:rsidRDefault="009E0761" w:rsidP="009E0761">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61F6614C" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="0066464D">
+    <w:p w14:paraId="61F6614C" w14:textId="77777777" w:rsidR="0066464D" w:rsidRPr="00200E2C" w:rsidRDefault="0066464D" w:rsidP="0066464D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00200E2C">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve">Section 6 – Declaration </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FF992B" w14:textId="77777777" w:rsidR="0066464D" w:rsidRPr="004978EF" w:rsidRDefault="0066464D" w:rsidP="009E0761">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FA3EA6D" w14:textId="77777777" w:rsidR="0066464D" w:rsidRPr="004978EF" w:rsidRDefault="0066464D" w:rsidP="009E0761">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004978EF">
+    <w:p w14:paraId="3FA3EA6D" w14:textId="75DE0CBE" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="009E0761">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004978EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">By submitting your </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004978EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>application</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004978EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> you agree to the following;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> you agree to the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00200E2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A1D6BF" w14:textId="77777777" w:rsidR="00200E2C" w:rsidRPr="004978EF" w:rsidRDefault="00200E2C" w:rsidP="009E0761">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0E652F58" w14:textId="77777777" w:rsidR="0066464D" w:rsidRDefault="0066464D" w:rsidP="009E0761">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004978EF">
         <w:t xml:space="preserve">You are authorised on behalf of the organisation to make this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004978EF">
         <w:t>application</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004978EF">
         <w:t xml:space="preserve"> and the application is submitted with the support of the organisation's management committee. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AF2CE4" w14:textId="0B7DFDDA" w:rsidR="0005039A" w:rsidRPr="004978EF" w:rsidRDefault="0005039A" w:rsidP="009E0761">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2085,94 +2180,94 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004978EF">
         <w:t>The Community Foundation and Lichfield District Council would like to follow up on successful applicants and potentially feature them in publicity activities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD30265" w14:textId="359C5AC3" w:rsidR="00C74A8D" w:rsidRPr="0005039A" w:rsidRDefault="0066464D" w:rsidP="009E0761">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004978EF">
         <w:t>If funding is awarded, all receipts for expenditure must be retained and produced upon request </w:t>
       </w:r>
       <w:r w:rsidR="000C0C91" w:rsidRPr="0005039A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C74A8D" w:rsidRPr="0005039A">
-      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CAF1A5D" w14:textId="77777777" w:rsidR="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="007D25EB">
+    <w:p w14:paraId="148FF657" w14:textId="77777777" w:rsidR="00F77FB5" w:rsidRDefault="00F77FB5" w:rsidP="007D25EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E57E6D3" w14:textId="77777777" w:rsidR="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="007D25EB">
+    <w:p w14:paraId="4059A10E" w14:textId="77777777" w:rsidR="00F77FB5" w:rsidRDefault="00F77FB5" w:rsidP="007D25EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2A424CB5" w14:textId="77777777" w:rsidR="00BC2C92" w:rsidRDefault="00BC2C92">
+    <w:p w14:paraId="79172525" w14:textId="77777777" w:rsidR="00F77FB5" w:rsidRDefault="00F77FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2180,99 +2275,99 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22FE5E21" w14:textId="77777777" w:rsidR="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="007D25EB">
+    <w:p w14:paraId="25B6516A" w14:textId="77777777" w:rsidR="00F77FB5" w:rsidRDefault="00F77FB5" w:rsidP="007D25EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="798A5EB7" w14:textId="77777777" w:rsidR="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="007D25EB">
+    <w:p w14:paraId="59CD3663" w14:textId="77777777" w:rsidR="00F77FB5" w:rsidRDefault="00F77FB5" w:rsidP="007D25EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C779027" w14:textId="77777777" w:rsidR="00BC2C92" w:rsidRDefault="00BC2C92">
+    <w:p w14:paraId="5F485174" w14:textId="77777777" w:rsidR="00F77FB5" w:rsidRDefault="00F77FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="2B3108B9" w14:textId="77777777" w:rsidR="00827EA2" w:rsidRDefault="00827EA2" w:rsidP="00827EA2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> For laptops, referring agencies may be directed to Donate IT (a community bank of laptops available for free through Staffordshire County Council and Staffordshire Community foundation). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14975723" w14:textId="417D033B" w:rsidR="007D25EB" w:rsidRDefault="007D25EB" w:rsidP="007D25EB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67C00641" wp14:editId="2898E0FD">
           <wp:extent cx="1480552" cy="562610"/>
           <wp:effectExtent l="0" t="0" r="5715" b="8890"/>
           <wp:docPr id="1866975385" name="Picture 1" descr="A close up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1866975385" name="Picture 1" descr="A close up of a logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2334,51 +2429,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="737825" cy="841120"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01251EBF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7736F1E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2985,50 +3080,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61B5283B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4ECC3F0E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BCF0CBF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E707D4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3097,51 +3341,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FFE750C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40D49882"/>
     <w:lvl w:ilvl="0" w:tplc="4072AAA6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3210,186 +3454,193 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1327169859">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1592156593">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="167601961">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1655453362">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="980188815">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1572033813">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="774786139">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1067647014">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D25EB"/>
     <w:rsid w:val="0005039A"/>
     <w:rsid w:val="000A15CD"/>
     <w:rsid w:val="000C0C91"/>
     <w:rsid w:val="00124B73"/>
     <w:rsid w:val="00147E87"/>
     <w:rsid w:val="001D1387"/>
     <w:rsid w:val="001F3CAC"/>
+    <w:rsid w:val="00200E2C"/>
     <w:rsid w:val="00275BA6"/>
     <w:rsid w:val="00276EC8"/>
     <w:rsid w:val="002E5397"/>
     <w:rsid w:val="003B13C1"/>
     <w:rsid w:val="00451FFF"/>
     <w:rsid w:val="004B6FA0"/>
+    <w:rsid w:val="0056701E"/>
     <w:rsid w:val="0066464D"/>
     <w:rsid w:val="006701BE"/>
     <w:rsid w:val="006B62B4"/>
+    <w:rsid w:val="006F1C72"/>
+    <w:rsid w:val="00712D40"/>
     <w:rsid w:val="007715F4"/>
     <w:rsid w:val="007B3756"/>
     <w:rsid w:val="007D25EB"/>
     <w:rsid w:val="00827EA2"/>
     <w:rsid w:val="008875D4"/>
     <w:rsid w:val="00907A07"/>
     <w:rsid w:val="0092504F"/>
     <w:rsid w:val="00961DF7"/>
     <w:rsid w:val="00974EEB"/>
     <w:rsid w:val="009E0761"/>
     <w:rsid w:val="009E1859"/>
     <w:rsid w:val="00A25571"/>
     <w:rsid w:val="00AD7D65"/>
     <w:rsid w:val="00AE18DB"/>
     <w:rsid w:val="00AE5B54"/>
     <w:rsid w:val="00B2310A"/>
     <w:rsid w:val="00B84B6C"/>
     <w:rsid w:val="00BC286D"/>
     <w:rsid w:val="00BC2C92"/>
     <w:rsid w:val="00BD52CE"/>
     <w:rsid w:val="00C53B34"/>
     <w:rsid w:val="00C63C07"/>
     <w:rsid w:val="00C74A8D"/>
     <w:rsid w:val="00C83523"/>
     <w:rsid w:val="00CB0E7F"/>
     <w:rsid w:val="00CB1017"/>
     <w:rsid w:val="00DA11B7"/>
     <w:rsid w:val="00E01405"/>
     <w:rsid w:val="00E64798"/>
     <w:rsid w:val="00EF02C8"/>
     <w:rsid w:val="00F26D27"/>
+    <w:rsid w:val="00F77FB5"/>
     <w:rsid w:val="00FB3DB8"/>
     <w:rsid w:val="00FB642B"/>
     <w:rsid w:val="00FD66F6"/>
     <w:rsid w:val="00FF1621"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="229B465E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A895EFFD-3790-4028-9C8E-E799F4CF1220}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4420,90 +4671,102 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="002E5397"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE5B54"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00200E2C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="504056786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1846548463">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@staffordshire.foundation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@staffordshire.foundation" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffordshire.foundation/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@staffordshire.foundation" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@staffordshire.foundation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staffordshire.foundation/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lichfielddc.gov.uk/downloads/file/2959/referral-partner-registration-form" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -4774,184 +5037,175 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005DA2100B888D23438963203F264233B7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="acdcb6c8c7c6926745e2e5d6c1ab9339">
-[...2 lines deleted...]
-    <xsd:import namespace="a48523be-6b9d-4866-aed3-b2cd0a7e80bd"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C7021AEDB69294496B7174EC79041CE" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cc0c56bc4d4f4bf06f118131e6eeb96c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="b8213f1a-291a-437f-a4e5-0afed483d02d" xmlns:ns3="1688af16-4b0b-49e6-9722-26fbc0f367b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc3b072c00d505336f4dc56b0cf326fa" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="b8213f1a-291a-437f-a4e5-0afed483d02d"/>
+    <xsd:import namespace="1688af16-4b0b-49e6-9722-26fbc0f367b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="37454a4c-2d26-4b60-b8f5-8788a2185909" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="14" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="15" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8213f1a-291a-437f-a4e5-0afed483d02d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="12" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1688af16-4b0b-49e6-9722-26fbc0f367b9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...57 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -5010,142 +5264,152 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E570FBD4-40D6-47D2-923E-E7879713393E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C45AFD45-697B-4C2B-B260-008C4EB77BD5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA4637C5-33D4-4C80-8D84-362C43FB2BE6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49A10EE3-19E5-45DB-8A9E-AD234F901D7E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="b8213f1a-291a-437f-a4e5-0afed483d02d"/>
+    <ds:schemaRef ds:uri="1688af16-4b0b-49e6-9722-26fbc0f367b9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C45AFD45-697B-4C2B-B260-008C4EB77BD5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E570FBD4-40D6-47D2-923E-E7879713393E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="b2fdfea0-c779-4ffe-83a6-345465926937"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1112</Words>
-  <Characters>6340</Characters>
+  <Words>1278</Words>
+  <Characters>6405</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>93</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7438</CharactersWithSpaces>
+  <CharactersWithSpaces>7590</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Leanne Macpherson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101005DA2100B888D23438963203F264233B7</vt:lpwstr>
+    <vt:lpwstr>0x0101000C7021AEDB69294496B7174EC79041CE</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_SharedFileIndex">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
-    <vt:lpwstr/>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
+    <vt:bool>false</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
-[...3 lines deleted...]
-    <vt:bool>false</vt:bool>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>