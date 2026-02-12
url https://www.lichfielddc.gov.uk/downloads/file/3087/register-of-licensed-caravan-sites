--- v0 (2026-01-23)
+++ v1 (2026-02-12)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\RoberZo\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Environmental &amp; Health Services\Shared Area\Environmental Protection\Housing\Caravans\Public Registers and Policies\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{015FD19F-95B7-40DD-89CB-E3D712195E39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{703B0E1D-30BB-4C41-8EAC-FA9520EFF287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F5CF0420-EFE1-49E0-B22D-C04DACC25715}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{F5CF0420-EFE1-49E0-B22D-C04DACC25715}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="87">
   <si>
     <t>Caravan licence number</t>
   </si>
   <si>
     <t>Site Category</t>
   </si>
   <si>
     <t>Name of site</t>
   </si>
   <si>
     <t>Address of site</t>
   </si>
   <si>
     <t>Name of licence holder</t>
   </si>
   <si>
     <t>Address of owner</t>
   </si>
   <si>
     <t>Period of use</t>
   </si>
   <si>
     <t>Residential</t>
   </si>
   <si>
@@ -156,68 +156,62 @@
   <si>
     <t>Mr Doherty</t>
   </si>
   <si>
     <t>Drayton Manor Drive, Fazeley, Tamworth, B78 3TJ</t>
   </si>
   <si>
     <t>Mr Bryan</t>
   </si>
   <si>
     <t>Walsall Road, Muckley Corner, Lichfield, WS14 0BX</t>
   </si>
   <si>
     <t>Knox Grave Lane, Lichfield, B78 3AR</t>
   </si>
   <si>
     <t>Holiday</t>
   </si>
   <si>
     <t>Kingfisher Holiday Park</t>
   </si>
   <si>
     <t>Fradley Junction, Alrewas, Burton upon Trent, DE13 7DN</t>
   </si>
   <si>
-    <t>Register last updated: 23 September 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Lichfield District Council, Frog Lane, Lichfield, WS13 6YU</t>
   </si>
   <si>
     <t>Register of Licensed Caravan Sites in Lichfield District</t>
   </si>
   <si>
     <t>0200009CARAVA</t>
   </si>
   <si>
     <t>Bell Bridge Wharf, Bell Bridge, Rykneld Street, Lichfield, WS13 8RE</t>
   </si>
   <si>
-    <t>Mr P Smith and Mr S Jones</t>
-[...1 lines deleted...]
-  <si>
     <t>Park View, Elmhurst, Lichfield, WS13 8EX</t>
   </si>
   <si>
     <t>New Farm Produce Ltd</t>
   </si>
   <si>
     <t>Park View, New Farm, Elmhurst, WS13 8EX</t>
   </si>
   <si>
     <t>11/00005/CARAVA</t>
   </si>
   <si>
     <t>Mr John Sambrook</t>
   </si>
   <si>
     <t>Springhill Farm, Walsall Road, Lichfield, WS14 0BX</t>
   </si>
   <si>
     <t>11/00012/CARAVA</t>
   </si>
   <si>
     <t>Mrs A Winston</t>
   </si>
   <si>
     <t>The Poplars, Colesill Road, Fazeley, Tamworth, B78 3SA</t>
@@ -253,57 +247,105 @@
     <t>Kings Orchard Marina</t>
   </si>
   <si>
     <t>all year</t>
   </si>
   <si>
     <t>Broad Lane, Huddlesford, Lichfield, WS13 8SP</t>
   </si>
   <si>
     <t>ABC Leisure Group Ltd</t>
   </si>
   <si>
     <t>Alvechurch Marina, Scarfield Wharf, Alvechurch, Worcestershire, B48 7SQ</t>
   </si>
   <si>
     <t>25/00001/CARAVA</t>
   </si>
   <si>
     <t>Static units permitted</t>
   </si>
   <si>
     <t>Tourers permitted</t>
   </si>
   <si>
     <t>Mr &amp; Mrs Collins</t>
+  </si>
+  <si>
+    <t>Mr P Smith</t>
+  </si>
+  <si>
+    <t>60 Lower Lodge Mobile Home Park, Rougeley Road, Armitage, WS15 4AR</t>
+  </si>
+  <si>
+    <t>26/00001/CARAVA</t>
+  </si>
+  <si>
+    <t>Spinney Lodge</t>
+  </si>
+  <si>
+    <t>1 Spinney Lodge, Shaw Lane, Hanch, Lichfield, WS13 8HJ</t>
+  </si>
+  <si>
+    <t>Mr Fred Smith</t>
+  </si>
+  <si>
+    <t>26/00002/CARAVA</t>
+  </si>
+  <si>
+    <t>Cleat Hill Farm Caravan Site</t>
+  </si>
+  <si>
+    <t>Louise Davison</t>
+  </si>
+  <si>
+    <t>Cleat Hill Farm Caravan Site, Syerscote Lane, Haunton, B79 9HB</t>
+  </si>
+  <si>
+    <t>Westbrook Farm, Lullington, Derbyshire, DE12 8EE</t>
+  </si>
+  <si>
+    <t>Register last updated: 10 February 2026</t>
+  </si>
+  <si>
+    <t>101590080Temp</t>
+  </si>
+  <si>
+    <t>Syerscote Meadow</t>
+  </si>
+  <si>
+    <t>Syerscote Lane, Haunton, B79 9HB</t>
+  </si>
+  <si>
+    <t>Church Farm, Clifton Campville, Tamworth, B79 0AP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
@@ -314,145 +356,152 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
@@ -821,504 +870,605 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFDDDFE9-8028-4FB9-9B51-B2014143AD68}">
-  <dimension ref="A1:J19"/>
+  <dimension ref="A1:J23"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F14" sqref="F14"/>
+    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="A23" sqref="A23:D23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="7.28515625" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" customWidth="1"/>
+    <col min="2" max="2" width="13.1796875" customWidth="1"/>
+    <col min="3" max="3" width="31.453125" customWidth="1"/>
+    <col min="4" max="4" width="56.26953125" customWidth="1"/>
+    <col min="5" max="5" width="24.7265625" customWidth="1"/>
+    <col min="6" max="6" width="65.7265625" customWidth="1"/>
+    <col min="7" max="7" width="7.26953125" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
-    <col min="9" max="9" width="10.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="92.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12"/>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
     </row>
-    <row r="2" spans="1:10" s="2" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:10" s="2" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
     </row>
-    <row r="3" spans="1:10" s="1" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:10" s="1" customFormat="1" ht="32" x14ac:dyDescent="0.35">
       <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="5"/>
       <c r="B4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="F4" s="13"/>
+        <v>71</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>72</v>
+      </c>
       <c r="G4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="5">
         <v>144</v>
       </c>
       <c r="I4" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="F5" s="14"/>
+      <c r="F5" s="6"/>
       <c r="G5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="6">
         <v>85</v>
       </c>
       <c r="I5" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A6" s="5"/>
       <c r="B6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="13"/>
+      <c r="F6" s="5"/>
       <c r="G6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="5">
         <v>5</v>
       </c>
       <c r="I6" s="5"/>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="F7" s="14" t="s">
-        <v>44</v>
+      <c r="F7" s="6" t="s">
+        <v>43</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H7" s="6">
         <v>1</v>
       </c>
       <c r="I7" s="6"/>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>51</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H8" s="5">
         <v>2</v>
       </c>
       <c r="I8" s="5">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>58</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>59</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H9" s="6">
         <v>25</v>
       </c>
       <c r="I9" s="6"/>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A10" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H10" s="5">
         <v>33</v>
       </c>
       <c r="I10" s="5"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A11" s="6"/>
       <c r="B11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="F11" s="14"/>
+      <c r="F11" s="6"/>
       <c r="G11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="6">
         <v>2</v>
       </c>
       <c r="I11" s="6"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A12" s="5"/>
       <c r="B12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="F12" s="13"/>
+      <c r="F12" s="5"/>
       <c r="G12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H12" s="5">
         <v>1</v>
       </c>
       <c r="I12" s="5"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A13" s="6"/>
       <c r="B13" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="14"/>
+      <c r="F13" s="6"/>
       <c r="G13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H13" s="6">
         <v>3</v>
       </c>
       <c r="I13" s="6"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>48</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H14" s="5">
         <v>1</v>
       </c>
       <c r="I14" s="5"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A15" s="6"/>
       <c r="B15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>53</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>54</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H15" s="6">
         <v>2</v>
       </c>
       <c r="I15" s="6"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A16" s="5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>70</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="G16" s="5"/>
       <c r="H16" s="5">
         <v>170</v>
       </c>
       <c r="I16" s="5"/>
     </row>
-    <row r="17" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17" s="6" t="s">
         <v>63</v>
-      </c>
-[...13 lines deleted...]
-        <v>65</v>
       </c>
       <c r="H17" s="6">
         <v>0</v>
       </c>
       <c r="I17" s="6">
         <v>17</v>
       </c>
     </row>
-    <row r="18" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="10" t="s">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A18" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="H18" s="5">
+        <v>1</v>
+      </c>
+      <c r="I18" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A19" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="H19" s="6">
+        <v>0</v>
+      </c>
+      <c r="I19" s="6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A20" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="H20" s="5">
+        <v>0</v>
+      </c>
+      <c r="I20" s="5">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A21" s="6"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="6"/>
+    </row>
+    <row r="22" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="10"/>
+      <c r="C22" s="10"/>
+      <c r="D22" s="7"/>
+    </row>
+    <row r="23" spans="1:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="10"/>
-[...9 lines deleted...]
-      <c r="D19" s="11"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:J2"/>
-    <mergeCell ref="A18:C18"/>
-    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A23:D23"/>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
+  <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>